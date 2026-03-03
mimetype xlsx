--- v0 (2025-10-23)
+++ v1 (2026-03-03)
@@ -7,71 +7,85 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\basti\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC52AAE0-2B1D-4279-ADF0-E5BB80F863D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C03A75F7-BA04-42A0-AFE9-F2FD4A994740}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="47880" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="10070" yWindow="1070" windowWidth="21600" windowHeight="16010" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A:$J</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J25" i="1" l="1"/>
   <c r="I25" i="1"/>
   <c r="B25" i="1"/>
   <c r="J24" i="1"/>
   <c r="I24" i="1"/>
   <c r="B24" i="1"/>
   <c r="J23" i="1"/>
   <c r="I23" i="1"/>
   <c r="B23" i="1"/>
   <c r="J22" i="1"/>
   <c r="I22" i="1"/>
   <c r="B22" i="1"/>
   <c r="J21" i="1"/>
   <c r="I21" i="1"/>
   <c r="B21" i="1"/>
   <c r="B12" i="1"/>
   <c r="I13" i="1"/>
   <c r="J13" i="1"/>
@@ -192,51 +206,51 @@
           </rPr>
           <t>Berechnung und Überprüfung der Teilnahmevoraussetzungen erfolgt automatisch
 Stufe + Abnahmedatum müssen eingeben sein!</t>
         </r>
       </text>
     </comment>
     <comment ref="J11" authorId="0" shapeId="0" xr:uid="{7DD75DE2-6F30-47B2-B0A3-2F273E913C17}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>Berechnung und Überprüfung der Teilnahmevoraussetzungen erfolgt automatisch
 Stufe + Abnahmedatum müssen eingeben sein!</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="44">
   <si>
     <t>Anmeldung zur Abnahme des Leistungsabzeichens</t>
   </si>
   <si>
     <t>Jugendgruppe/Ortsverband</t>
   </si>
   <si>
     <t>Für welche Abnahme wird angemeldet?</t>
   </si>
   <si>
     <t>Voraussetzungen</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Stufe</t>
   </si>
   <si>
     <t>Alter</t>
   </si>
   <si>
     <t>Mitgliedsjahre</t>
   </si>
   <si>
@@ -344,63 +358,66 @@
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(zum Zeitpunkt der Abnahme)</t>
     </r>
   </si>
   <si>
     <t>Geplante Abnahmen</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Meldeschluss</t>
   </si>
   <si>
-    <t>OV Mühldorf (Obb)</t>
-[...11 lines deleted...]
-    <t>OV Augsburg (Schw)</t>
+    <t>OV Lohr (Ufr)</t>
+  </si>
+  <si>
+    <t>OV NN (Ndb)</t>
+  </si>
+  <si>
+    <t>OV Hof (Ofr/LaJuLa)</t>
+  </si>
+  <si>
+    <t>OV Miesbach (Obb)</t>
+  </si>
+  <si>
+    <t>OV Ansbach (MFr)</t>
+  </si>
+  <si>
+    <t>OV NN (Schw)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -945,51 +962,51 @@
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="90">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1161,60 +1178,63 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
@@ -1662,1045 +1682,1076 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:R36"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.3828125" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.53515625" style="22" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="11.3828125" style="22"/>
+    <col min="1" max="1" width="3.54296875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.54296875" style="22" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="20.7265625" style="22" customWidth="1"/>
+    <col min="5" max="5" width="11.453125" style="22"/>
     <col min="6" max="6" width="13" style="22" customWidth="1"/>
-    <col min="7" max="7" width="16.15234375" style="22" customWidth="1"/>
-    <col min="8" max="8" width="21.53515625" style="22" customWidth="1"/>
+    <col min="7" max="7" width="16.1796875" style="22" customWidth="1"/>
+    <col min="8" max="8" width="21.54296875" style="22" customWidth="1"/>
     <col min="9" max="10" width="10" style="22" customWidth="1"/>
-    <col min="11" max="11" width="2.15234375" style="22" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="16384" width="11.3828125" style="22"/>
+    <col min="11" max="11" width="2.1796875" style="22" customWidth="1"/>
+    <col min="12" max="13" width="11.453125" style="22"/>
+    <col min="14" max="14" width="13.81640625" style="22" customWidth="1"/>
+    <col min="15" max="15" width="11.453125" style="22"/>
+    <col min="16" max="16" width="13.1796875" style="22" bestFit="1" customWidth="1"/>
+    <col min="17" max="16384" width="11.453125" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="79" t="s">
+    <row r="1" spans="1:18" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="80" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="79"/>
-[...2 lines deleted...]
-      <c r="E1" s="79"/>
+      <c r="B1" s="80"/>
+      <c r="C1" s="80"/>
+      <c r="D1" s="80"/>
+      <c r="E1" s="80"/>
       <c r="F1" s="41"/>
       <c r="G1" s="41"/>
       <c r="H1" s="41"/>
       <c r="I1" s="41"/>
       <c r="J1" s="41"/>
       <c r="K1" s="41"/>
     </row>
-    <row r="2" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="B3" s="77" t="s">
+    <row r="2" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="78" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="77"/>
-[...1 lines deleted...]
-      <c r="F3" s="77" t="s">
+      <c r="C3" s="78"/>
+      <c r="D3" s="78"/>
+      <c r="F3" s="78" t="s">
         <v>2</v>
       </c>
-      <c r="G3" s="74"/>
-      <c r="H3" s="74"/>
+      <c r="G3" s="75"/>
+      <c r="H3" s="75"/>
       <c r="L3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="M3" s="25"/>
       <c r="N3" s="25"/>
     </row>
-    <row r="4" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B4" s="62"/>
       <c r="C4" s="24"/>
       <c r="F4" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="86"/>
-      <c r="H4" s="87"/>
+      <c r="G4" s="87"/>
+      <c r="H4" s="88"/>
       <c r="L4" s="67" t="s">
         <v>5</v>
       </c>
       <c r="M4" s="68" t="s">
         <v>6</v>
       </c>
       <c r="N4" s="68" t="s">
         <v>7</v>
       </c>
       <c r="O4" s="68" t="s">
         <v>8</v>
       </c>
       <c r="P4" s="51" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="F5" s="56" t="s">
         <v>10</v>
       </c>
-      <c r="G5" s="88" t="str">
-        <f>IF(ISBLANK($G$4),"",VLOOKUP(G4,L14:N19,2))</f>
+      <c r="G5" s="89" t="str">
+        <f>IF(ISBLANK($G$4),"",VLOOKUP(G4,L14:N20,2))</f>
         <v/>
       </c>
-      <c r="H5" s="89"/>
+      <c r="H5" s="90"/>
       <c r="L5" s="52" t="s">
         <v>11</v>
       </c>
       <c r="M5" s="29">
         <v>8</v>
       </c>
       <c r="N5" s="29">
         <v>1</v>
       </c>
       <c r="O5" s="63" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="64" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B6" s="77" t="s">
+    <row r="6" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="78" t="s">
         <v>13</v>
       </c>
-      <c r="C6" s="77"/>
-      <c r="D6" s="77"/>
+      <c r="C6" s="78"/>
+      <c r="D6" s="78"/>
       <c r="F6" s="53"/>
       <c r="G6" s="53"/>
       <c r="H6" s="54"/>
       <c r="I6" s="26"/>
       <c r="J6" s="26"/>
       <c r="L6" s="52" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="29">
         <v>10</v>
       </c>
       <c r="N6" s="29">
         <v>1</v>
       </c>
       <c r="O6" s="29" t="s">
         <v>12</v>
       </c>
       <c r="P6" s="30" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="84"/>
-      <c r="D7" s="85"/>
+      <c r="C7" s="85"/>
+      <c r="D7" s="86"/>
       <c r="L7" s="28" t="s">
         <v>16</v>
       </c>
       <c r="M7" s="29">
         <v>12</v>
       </c>
       <c r="N7" s="29">
         <v>1</v>
       </c>
       <c r="O7" s="29" t="s">
         <v>12</v>
       </c>
       <c r="P7" s="30" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="8" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B8" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="80"/>
-[...1 lines deleted...]
-      <c r="F8" s="77" t="s">
+      <c r="C8" s="81"/>
+      <c r="D8" s="82"/>
+      <c r="F8" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="G8" s="74"/>
-[...1 lines deleted...]
-      <c r="I8" s="78"/>
+      <c r="G8" s="75"/>
+      <c r="H8" s="75"/>
+      <c r="I8" s="79"/>
       <c r="J8" s="26"/>
       <c r="L8" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="29">
         <v>14</v>
       </c>
       <c r="N8" s="29">
         <v>2</v>
       </c>
       <c r="O8" s="61" t="s">
         <v>16</v>
       </c>
       <c r="P8" s="30" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="9" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="9" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B9" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="82"/>
-      <c r="D9" s="83"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="84"/>
       <c r="F9" s="23"/>
       <c r="L9" s="28" t="s">
         <v>22</v>
       </c>
       <c r="M9" s="29">
         <v>16</v>
       </c>
       <c r="N9" s="29">
         <v>3</v>
       </c>
       <c r="O9" s="61" t="s">
         <v>19</v>
       </c>
       <c r="P9" s="30" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="10" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="10" spans="1:18" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B10" s="42"/>
       <c r="F10" s="13">
         <v>1</v>
       </c>
       <c r="L10" s="33" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="34">
         <v>16</v>
       </c>
       <c r="N10" s="34">
         <v>3</v>
       </c>
       <c r="O10" s="65" t="s">
         <v>19</v>
       </c>
       <c r="P10" s="35" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="11" spans="1:18" ht="54.45" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:18" ht="54" x14ac:dyDescent="0.35">
       <c r="A11" s="43" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="44" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="45" t="s">
         <v>26</v>
       </c>
       <c r="D11" s="45" t="s">
         <v>27</v>
       </c>
       <c r="E11" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="46" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="46" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="46" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="46" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="47" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="12" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="12" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="48">
         <v>1</v>
       </c>
       <c r="B12" s="36" t="str">
         <f>IF(ISBLANK($B$4),"",$B$4)</f>
         <v/>
       </c>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="15"/>
       <c r="F12" s="15"/>
       <c r="G12" s="37"/>
       <c r="H12" s="15"/>
       <c r="I12" s="2" t="str">
         <f>IF(OR(ISBLANK(E12),ISBLANK($G$4)),"--",YEARFRAC(E12,$G$4))</f>
         <v>--</v>
       </c>
       <c r="J12" s="3" t="str">
         <f>IF(OR(ISBLANK(G12),ISBLANK($G$4)),"--",YEARFRAC(F12,$G$4))</f>
         <v>--</v>
       </c>
       <c r="L12" s="59" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A13" s="49">
         <v>2</v>
       </c>
       <c r="B13" s="38" t="str">
         <f t="shared" ref="B13:B36" si="0">IF(ISBLANK($B$4),"",$B$4)</f>
         <v/>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="4" t="str">
         <f t="shared" ref="I13:I36" si="1">IF(OR(ISBLANK(E13),ISBLANK($G$4)),"--",YEARFRAC(E13,$G$4))</f>
         <v>--</v>
       </c>
       <c r="J13" s="5" t="str">
         <f t="shared" ref="J13:J36" si="2">IF(OR(ISBLANK(G13),ISBLANK($G$4)),"--",YEARFRAC(F13,$G$4))</f>
         <v>--</v>
       </c>
       <c r="L13" s="66" t="s">
         <v>35</v>
       </c>
-      <c r="M13" s="75" t="s">
+      <c r="M13" s="76" t="s">
         <v>36</v>
       </c>
-      <c r="N13" s="75"/>
-      <c r="O13" s="75"/>
+      <c r="N13" s="76"/>
+      <c r="O13" s="76"/>
       <c r="P13" s="69" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A14" s="49">
         <v>3</v>
       </c>
       <c r="B14" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J14" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
       <c r="L14" s="57">
-        <v>45745</v>
-[...1 lines deleted...]
-      <c r="M14" s="74" t="s">
+        <v>46137</v>
+      </c>
+      <c r="M14" s="75" t="s">
         <v>38</v>
       </c>
-      <c r="N14" s="74"/>
-      <c r="O14" s="74"/>
+      <c r="N14" s="75"/>
+      <c r="O14" s="75"/>
       <c r="P14" s="70">
-        <v>45716</v>
+        <v>46108</v>
       </c>
       <c r="R14" s="73"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A15" s="49">
         <v>4</v>
       </c>
       <c r="B15" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C15" s="10"/>
       <c r="D15" s="9"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J15" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
       <c r="L15" s="57">
-        <v>45794</v>
-[...5 lines deleted...]
-      <c r="O15" s="74"/>
+        <v>46165</v>
+      </c>
+      <c r="M15" s="75" t="s">
+        <v>39</v>
+      </c>
+      <c r="N15" s="75"/>
+      <c r="O15" s="75"/>
       <c r="P15" s="70">
-        <v>45765</v>
+        <v>46136</v>
       </c>
       <c r="R15" s="73"/>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="16" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A16" s="49">
         <v>5</v>
       </c>
       <c r="B16" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="9"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J16" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
-      <c r="L16" s="58">
-        <v>45948</v>
+      <c r="L16" s="57">
+        <v>46245</v>
       </c>
       <c r="M16" s="74" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="N16" s="74"/>
       <c r="O16" s="74"/>
-      <c r="P16" s="71">
-        <v>45919</v>
+      <c r="P16" s="70">
+        <v>46216</v>
       </c>
       <c r="Q16"/>
       <c r="R16" s="73"/>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="17" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A17" s="49">
         <v>6</v>
       </c>
       <c r="B17" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C17" s="10"/>
       <c r="D17" s="9"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J17" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
       <c r="L17" s="58">
-        <v>45976</v>
-[...7 lines deleted...]
-        <v>45947</v>
+        <v>46305</v>
+      </c>
+      <c r="M17" s="75" t="s">
+        <v>41</v>
+      </c>
+      <c r="N17" s="75"/>
+      <c r="O17" s="75"/>
+      <c r="P17" s="71">
+        <v>46276</v>
       </c>
       <c r="R17" s="73"/>
     </row>
-    <row r="18" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="18" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A18" s="49">
         <v>7</v>
       </c>
       <c r="B18" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C18" s="10"/>
       <c r="D18" s="9"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J18" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
-      <c r="L18" s="60">
-[...8 lines deleted...]
-        <v>45961</v>
+      <c r="L18" s="58">
+        <v>46333</v>
+      </c>
+      <c r="M18" s="75" t="s">
+        <v>42</v>
+      </c>
+      <c r="N18" s="75"/>
+      <c r="O18" s="75"/>
+      <c r="P18" s="70">
+        <v>46304</v>
       </c>
       <c r="R18" s="73"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="19" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="49">
         <v>8</v>
       </c>
       <c r="B19" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="14"/>
       <c r="F19" s="14"/>
       <c r="G19" s="14"/>
       <c r="H19" s="14"/>
       <c r="I19" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J19" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
-    </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.4">
+      <c r="L19" s="60">
+        <v>46347</v>
+      </c>
+      <c r="M19" s="77" t="s">
+        <v>43</v>
+      </c>
+      <c r="N19" s="77"/>
+      <c r="O19" s="77"/>
+      <c r="P19" s="72">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A20" s="49">
         <v>9</v>
       </c>
       <c r="B20" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C20" s="10"/>
       <c r="D20" s="9"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J20" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A21" s="49">
         <v>10</v>
       </c>
       <c r="B21" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="9"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="4" t="str">
         <f t="shared" ref="I21:I25" si="3">IF(OR(ISBLANK(E21),ISBLANK($G$4)),"--",YEARFRAC(E21,$G$4))</f>
         <v>--</v>
       </c>
       <c r="J21" s="5" t="str">
         <f t="shared" ref="J21:J25" si="4">IF(OR(ISBLANK(G21),ISBLANK($G$4)),"--",YEARFRAC(F21,$G$4))</f>
         <v>--</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A22" s="49">
         <v>11</v>
       </c>
       <c r="B22" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C22" s="10"/>
       <c r="D22" s="9"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="4" t="str">
         <f t="shared" si="3"/>
         <v>--</v>
       </c>
       <c r="J22" s="5" t="str">
         <f t="shared" si="4"/>
         <v>--</v>
       </c>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="23" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A23" s="49">
         <v>12</v>
       </c>
       <c r="B23" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="9"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="4" t="str">
         <f t="shared" si="3"/>
         <v>--</v>
       </c>
       <c r="J23" s="5" t="str">
         <f t="shared" si="4"/>
         <v>--</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="24" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A24" s="49">
         <v>13</v>
       </c>
       <c r="B24" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="4" t="str">
         <f t="shared" si="3"/>
         <v>--</v>
       </c>
       <c r="J24" s="5" t="str">
         <f t="shared" si="4"/>
         <v>--</v>
       </c>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A25" s="49">
         <v>14</v>
       </c>
       <c r="B25" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C25" s="10"/>
       <c r="D25" s="9"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="4" t="str">
         <f t="shared" si="3"/>
         <v>--</v>
       </c>
       <c r="J25" s="5" t="str">
         <f t="shared" si="4"/>
         <v>--</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="26" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A26" s="49">
         <v>15</v>
       </c>
       <c r="B26" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="9"/>
       <c r="E26" s="14"/>
       <c r="F26" s="14"/>
       <c r="G26" s="14"/>
       <c r="H26" s="14"/>
       <c r="I26" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J26" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="27" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A27" s="49">
         <v>16</v>
       </c>
       <c r="B27" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="9"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J27" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="28" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A28" s="49">
         <v>17</v>
       </c>
       <c r="B28" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="9"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J28" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="29" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A29" s="49">
         <v>18</v>
       </c>
       <c r="B29" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J29" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="30" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A30" s="49">
         <v>19</v>
       </c>
       <c r="B30" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="9"/>
       <c r="E30" s="14"/>
       <c r="F30" s="14"/>
       <c r="G30" s="14"/>
       <c r="H30" s="14"/>
       <c r="I30" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J30" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="31" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A31" s="49">
         <v>20</v>
       </c>
       <c r="B31" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C31" s="10"/>
       <c r="D31" s="9"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
       <c r="G31" s="14"/>
       <c r="H31" s="14"/>
       <c r="I31" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J31" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A32" s="49">
         <v>21</v>
       </c>
       <c r="B32" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C32" s="10"/>
       <c r="D32" s="9"/>
       <c r="E32" s="14"/>
       <c r="F32" s="14"/>
       <c r="G32" s="14"/>
       <c r="H32" s="14"/>
       <c r="I32" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J32" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="33" spans="1:10" x14ac:dyDescent="0.4">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A33" s="49">
         <v>22</v>
       </c>
       <c r="B33" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C33" s="10"/>
       <c r="D33" s="9"/>
       <c r="E33" s="14"/>
       <c r="F33" s="14"/>
       <c r="G33" s="14"/>
       <c r="H33" s="14"/>
       <c r="I33" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J33" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="34" spans="1:10" x14ac:dyDescent="0.4">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A34" s="49">
         <v>23</v>
       </c>
       <c r="B34" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="9"/>
       <c r="E34" s="14"/>
       <c r="F34" s="14"/>
       <c r="G34" s="14"/>
       <c r="H34" s="14"/>
       <c r="I34" s="4" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J34" s="5" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.4">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A35" s="49">
         <v>24</v>
       </c>
       <c r="B35" s="39" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C35" s="17"/>
       <c r="D35" s="18"/>
       <c r="E35" s="19"/>
       <c r="F35" s="19"/>
       <c r="G35" s="19"/>
       <c r="H35" s="19"/>
       <c r="I35" s="20" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J35" s="21" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
-    <row r="36" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="36" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="50">
         <v>25</v>
       </c>
       <c r="B36" s="40" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="12"/>
       <c r="E36" s="16"/>
       <c r="F36" s="16"/>
       <c r="G36" s="16"/>
       <c r="H36" s="16"/>
       <c r="I36" s="6" t="str">
         <f t="shared" si="1"/>
         <v>--</v>
       </c>
       <c r="J36" s="7" t="str">
         <f t="shared" si="2"/>
         <v>--</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="16">
     <mergeCell ref="M14:O14"/>
     <mergeCell ref="M13:O13"/>
-    <mergeCell ref="M18:O18"/>
+    <mergeCell ref="M19:O19"/>
     <mergeCell ref="F8:I8"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="F3:H3"/>
+    <mergeCell ref="M18:O18"/>
     <mergeCell ref="M17:O17"/>
-    <mergeCell ref="M16:O16"/>
     <mergeCell ref="M15:O15"/>
   </mergeCells>
   <conditionalFormatting sqref="I12:I36">
     <cfRule type="expression" dxfId="7" priority="14">
       <formula>(I12&gt;=VLOOKUP(G12,$L$5:$N$10,2,FALSE))</formula>
     </cfRule>
     <cfRule type="expression" dxfId="6" priority="15">
       <formula>(I12&gt;=VLOOKUP(G12,$L$5:$N$10,2,FALSE)-0.1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I12:J36">
     <cfRule type="expression" dxfId="5" priority="9">
       <formula>ISBLANK($G12)</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="4" priority="10" operator="equal">
       <formula>"--"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="3" priority="16" operator="notEqual">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J12:J36">
     <cfRule type="expression" dxfId="2" priority="12">
       <formula>(J12&gt;=VLOOKUP(G12,$L$5:$N$10,3,FALSE))</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="13">
       <formula>(J12&gt;=VLOOKUP(G12,$L$5:$N$10,3,FALSE)-0.1)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P14:P18">
+  <conditionalFormatting sqref="P14:P19">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="4">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E12:E36" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>1</formula1>
       <formula2>NOW()</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F12:F36" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>18264</formula1>
       <formula2>NOW()</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Stufe?" prompt="Bitte aus Liste wählen." sqref="G12:G36" xr:uid="{3171B413-2251-4E36-98A5-E3FD478A9EF3}">
       <formula1>$L$5:$L$10</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Bitte Datum aus Liste wählen" prompt="Ort wird automatisch befüllt" sqref="G4:H4" xr:uid="{1DE69500-9D9A-44CF-ACFF-67DD564E4FF4}">
-      <formula1>$L$14:$L$18</formula1>
+      <formula1>$L$14:$L$19</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="89" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="10" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6bed9d60-3dec-4233-82e5-6a8989062beb" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b5775e1-4dee-41af-aff9-0da376bbb790">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009B63F9323931224E847B9627E915BA22" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="ac695cba5781cab32e6c75334d191a3f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b5775e1-4dee-41af-aff9-0da376bbb790" xmlns:ns3="6bed9d60-3dec-4233-82e5-6a8989062beb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70b0b664a3ce54ef332a48906804cc3e" ns2:_="" ns3:_="">
     <xsd:import namespace="3b5775e1-4dee-41af-aff9-0da376bbb790"/>
     <xsd:import namespace="6bed9d60-3dec-4233-82e5-6a8989062beb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2897,104 +2948,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{053821B5-21E2-4E6F-956F-F79311B77F0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C31B0A18-E8AC-4B0F-B8C1-65938A55E5EF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6bed9d60-3dec-4233-82e5-6a8989062beb"/>
+    <ds:schemaRef ds:uri="3b5775e1-4dee-41af-aff9-0da376bbb790"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EE35D9C-6F4D-4056-AE5B-58F6844B2F6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3b5775e1-4dee-41af-aff9-0da376bbb790"/>
     <ds:schemaRef ds:uri="6bed9d60-3dec-4233-82e5-6a8989062beb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="3b5775e1-4dee-41af-aff9-0da376bbb790"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>